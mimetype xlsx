--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -1,72 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="26626"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\a-sugihira\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://puffcojp-my.sharepoint.com/personal/a-sugihira_puff_co_jp/Documents/デスクトップ/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EC67E5D1-18D9-4AEF-A7F8-2F68298EA71E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="8" documentId="13_ncr:1_{EC67E5D1-18D9-4AEF-A7F8-2F68298EA71E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F5186E4E-BA72-46F2-8593-AFEA3B64B5FD}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="31">
   <si>
     <t>メールアドレス</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>※事務局使用欄１</t>
     <rPh sb="1" eb="4">
       <t>ジムキョク</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>シヨウ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>ラン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>※事務局使用欄２</t>
     <rPh sb="1" eb="4">
       <t>ジムキョク</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>シヨウ</t>
     </rPh>
@@ -347,105 +347,50 @@
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Yu Gothic"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>必ずご確認ください。</t>
     </r>
     <rPh sb="18" eb="20">
       <t>ダンタイ</t>
     </rPh>
     <rPh sb="20" eb="22">
       <t>ジュケン</t>
     </rPh>
     <rPh sb="22" eb="24">
       <t>モウシコミ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>https://form.run/@application-dantai</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>採用力検定試験　団体受験 申込フォーム</t>
-[...53 lines deleted...]
-  <si>
     <t>▼　空欄のままでご提出ください　▼</t>
     <rPh sb="2" eb="4">
       <t>クウラン</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>テイシュツ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <r>
       <t>・下記、</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Yu Gothic"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="minor"/>
       </rPr>
       <t>表部分の列を編集しない</t>
     </r>
     <r>
@@ -501,198 +446,201 @@
       <rPr>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Yu Gothic"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="minor"/>
       </rPr>
       <t>「shamei（社名）」は、貴社・貴団体の名称に変更して保存してください。（漢字で結構です）</t>
     </r>
     <rPh sb="18" eb="20">
       <t>シャメイ</t>
     </rPh>
     <rPh sb="24" eb="26">
       <t>キシャ</t>
     </rPh>
     <rPh sb="48" eb="50">
       <t>カンジ</t>
     </rPh>
     <rPh sb="51" eb="53">
       <t>ケッコウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>▼「基礎団体」「リク面団体」のいずれかを必須入力</t>
+    <rPh sb="20" eb="22">
+      <t>ヒッス</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>基礎団体</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
     <r>
-      <t>抜粋したものとなりますので、</t>
+      <t>採用力検定試験／リクルーター・面接官向けスキル セルフチェック　団体受験申込者リスト</t>
     </r>
     <r>
       <rPr>
-        <u/>
-[...1 lines deleted...]
-        <color rgb="FF0033CC"/>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
         <rFont val="Yu Gothic"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="minor"/>
       </rPr>
-      <t>重複受験にご注意ください。</t>
+      <t>（※保存時は必ずパスワードを任意設定してください）</t>
     </r>
-    <rPh sb="0" eb="2">
-[...11 lines deleted...]
-    <t>採用力検定試験（基礎）</t>
     <rPh sb="0" eb="3">
       <t>サイヨウリョク</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>ケンテイ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>シケン</t>
     </rPh>
-    <rPh sb="8" eb="10">
-[...13 lines deleted...]
-    <rPh sb="9" eb="12">
+    <rPh sb="15" eb="19">
+      <t>メンセツカンム</t>
+    </rPh>
+    <rPh sb="32" eb="34">
+      <t>ダンタイ</t>
+    </rPh>
+    <rPh sb="34" eb="36">
+      <t>ジュケン</t>
+    </rPh>
+    <rPh sb="36" eb="38">
+      <t>モウシコミ</t>
+    </rPh>
+    <rPh sb="38" eb="39">
+      <t>シャ</t>
+    </rPh>
+    <rPh sb="44" eb="47">
+      <t>ホゾンジ</t>
+    </rPh>
+    <rPh sb="48" eb="49">
+      <t>カナラ</t>
+    </rPh>
+    <rPh sb="56" eb="58">
+      <t>ニンイ</t>
+    </rPh>
+    <rPh sb="58" eb="60">
+      <t>セッテイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>採用力検定試験</t>
+    <rPh sb="0" eb="3">
+      <t>サイヨウリョク</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>ケンテイ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>シケン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>リクルーター・面接官向けスキル セルフチェック</t>
+    <rPh sb="7" eb="10">
       <t>メンセツカン</t>
     </rPh>
-    <rPh sb="12" eb="13">
+    <rPh sb="10" eb="11">
       <t>ム</t>
     </rPh>
-    <rPh sb="14" eb="16">
-[...29 lines deleted...]
-    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>採用力検定試験／リクルーター・面接官向けスキル セルフチェック　団体受験 申込フォーム</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <r>
       <t>・試験種別は受験申込者ごとに</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Yu Gothic"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="minor"/>
       </rPr>
       <t>「基礎団体」「リク面団体」</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Yu Gothic"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>のいずれかを必ずご入力ください。</t>
     </r>
     <rPh sb="1" eb="5">
       <t>シケンシュベツ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>ジュケン</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>モウシコミ</t>
     </rPh>
     <rPh sb="10" eb="11">
       <t>シャ</t>
     </rPh>
+    <rPh sb="15" eb="17">
+      <t>キソ</t>
+    </rPh>
+    <rPh sb="17" eb="19">
+      <t>ダンタイ</t>
+    </rPh>
     <rPh sb="33" eb="34">
       <t>カナラ</t>
     </rPh>
     <rPh sb="36" eb="38">
       <t>ニュウリョク</t>
     </rPh>
-    <phoneticPr fontId="1"/>
-[...2 lines deleted...]
-    <t>基礎団体</t>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="0_ "/>
   </numFmts>
-  <fonts count="10">
+  <fonts count="8">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Yu Gothic"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="Yu Gothic"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Yu Gothic"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -714,67 +662,50 @@
       <b/>
       <u/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Yu Gothic"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Yu Gothic"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Yu Gothic"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...15 lines deleted...]
-    </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -866,87 +797,86 @@
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="19">
+  <cellXfs count="18">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="176" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="ハイパーリンク" xfId="1" builtinId="8"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0033CC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
@@ -1208,220 +1138,216 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://form.run/@application-dantai" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saiyoutarou@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:F59"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="J27" sqref="J27"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" width="10.09765625" customWidth="1"/>
     <col min="2" max="2" width="23.5" customWidth="1"/>
     <col min="3" max="4" width="17.19921875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="17.59765625" customWidth="1"/>
     <col min="6" max="6" width="20.19921875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6">
+    <row r="1" spans="1:5">
       <c r="A1" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:6" s="3" customFormat="1" ht="19.5" customHeight="1" thickBot="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" s="3" customFormat="1" ht="19.5" customHeight="1" thickBot="1">
       <c r="A3" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="4" spans="1:6" ht="18.600000000000001" thickBot="1">
+    <row r="4" spans="1:5" ht="18.600000000000001" thickBot="1">
       <c r="A4" s="2"/>
-      <c r="B4" s="16"/>
-[...3 lines deleted...]
-    <row r="5" spans="1:6">
+      <c r="B4" s="15"/>
+      <c r="C4" s="16"/>
+      <c r="D4" s="17"/>
+    </row>
+    <row r="5" spans="1:5">
       <c r="A5" s="2"/>
       <c r="B5" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="6" spans="1:6">
+    <row r="6" spans="1:5">
       <c r="A6" s="2"/>
       <c r="B6" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="7" spans="1:6">
+    <row r="7" spans="1:5">
       <c r="A7" s="2"/>
     </row>
-    <row r="8" spans="1:6" ht="18.600000000000001" thickBot="1">
+    <row r="8" spans="1:5" ht="18.600000000000001" thickBot="1">
       <c r="A8" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="9" spans="1:6" ht="18.600000000000001" thickBot="1">
+    <row r="9" spans="1:5" ht="18.600000000000001" thickBot="1">
       <c r="A9" s="2"/>
       <c r="B9" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="8"/>
       <c r="E9" t="s">
         <v>14</v>
       </c>
-      <c r="F9" s="15" t="s">
-[...3 lines deleted...]
-    <row r="10" spans="1:6" ht="18.600000000000001" thickBot="1">
+    </row>
+    <row r="10" spans="1:5" ht="18.600000000000001" thickBot="1">
       <c r="A10" s="2"/>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="D10" s="8"/>
       <c r="E10" t="s">
         <v>14</v>
       </c>
-      <c r="F10" s="15" t="s">
-[...3 lines deleted...]
-    <row r="11" spans="1:6">
+    </row>
+    <row r="11" spans="1:5">
       <c r="A11" s="2"/>
     </row>
-    <row r="12" spans="1:6" s="3" customFormat="1">
+    <row r="12" spans="1:5" s="3" customFormat="1">
       <c r="A12" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="13" spans="1:6">
+    <row r="13" spans="1:5">
       <c r="B13" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:6">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5">
       <c r="B14" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="15" spans="1:6">
+    <row r="15" spans="1:5">
       <c r="B15" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="16" spans="1:6">
+    <row r="16" spans="1:5">
       <c r="B16" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="B19" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="B20" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="B21" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="D23" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F23" s="5" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6"/>
       <c r="E26" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="B27" s="5"/>
       <c r="F27" s="1"/>
     </row>
     <row r="28" spans="1:6">
       <c r="C28" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F28" s="7" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:6" ht="18.600000000000001" thickBot="1">
       <c r="B29" s="13" t="s">
         <v>0</v>
       </c>
       <c r="C29" s="14" t="s">
         <v>1</v>
       </c>
       <c r="D29" s="14" t="s">
         <v>2</v>
       </c>
       <c r="E29" s="13" t="s">
         <v>3</v>
       </c>
       <c r="F29" s="13" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="30" spans="1:6" ht="18.600000000000001" thickTop="1">
       <c r="A30">
         <v>1</v>
       </c>
       <c r="B30" s="9"/>
       <c r="C30" s="10"/>
@@ -1704,51 +1630,51 @@
         <v>29</v>
       </c>
       <c r="B58" s="11"/>
       <c r="C58" s="12"/>
       <c r="D58" s="12"/>
       <c r="E58" s="11"/>
       <c r="F58" s="11"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
         <v>30</v>
       </c>
       <c r="B59" s="11"/>
       <c r="C59" s="12"/>
       <c r="D59" s="12"/>
       <c r="E59" s="11"/>
       <c r="F59" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B4:D4"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <hyperlinks>
     <hyperlink ref="B26" r:id="rId1" xr:uid="{5F1059E2-152B-42E7-B1E6-776664460AA7}"/>
-    <hyperlink ref="D23" r:id="rId2" xr:uid="{BCF8BEAC-116D-46C7-B454-C7E976C81C5F}"/>
+    <hyperlink ref="F23" r:id="rId2" xr:uid="{BCF8BEAC-116D-46C7-B454-C7E976C81C5F}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>